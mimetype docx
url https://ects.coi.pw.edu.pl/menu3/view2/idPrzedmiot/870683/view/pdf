--- v0 (2026-02-08)
+++ v1 (2026-03-02)
@@ -760,51 +760,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Przyswojoną wiedzę student wykorzystuje podczas wykonywania ćwiczeń i projektowania aplikacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W07, K_W13, K_W15</w:t>
+        <w:t xml:space="preserve">K_W07, K_W13, K_W15, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>