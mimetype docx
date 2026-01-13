--- v0 (2025-10-09)
+++ v1 (2026-01-13)
@@ -765,51 +765,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W07, K_W14, K_W02, K_W03</w:t>
+        <w:t xml:space="preserve">K_W03, K_W07, K_W14, K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>