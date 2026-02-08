--- v1 (2026-01-13)
+++ v2 (2026-02-08)
@@ -1129,67 +1129,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawozdanie z zadanego ćwiczenia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U05, K_U09, K_U17, K_U21</w:t>
+        <w:t xml:space="preserve">K_U17, K_U21, K_U05, K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UU, III.P6S_UW.1.o, I.P6S_UW</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.1.o, I.P6S_UW, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaprojketować proste foniczne filtry cyfrowe za pomocą specjalizowanego programu komputerowego i ocenić`uzyskane charakterystyki</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>