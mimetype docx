--- v2 (2026-02-08)
+++ v3 (2026-03-24)
@@ -836,51 +836,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W05, K_W14, K_W01</w:t>
+        <w:t xml:space="preserve">K_W14, K_W01, K_W03, K_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1129,67 +1129,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawozdanie z zadanego ćwiczenia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U17, K_U21, K_U05, K_U09</w:t>
+        <w:t xml:space="preserve">K_U05, K_U09, K_U17, K_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.1.o, I.P6S_UW, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">I.P6S_UU, III.P6S_UW.1.o, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaprojketować proste foniczne filtry cyfrowe za pomocą specjalizowanego programu komputerowego i ocenić`uzyskane charakterystyki</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>