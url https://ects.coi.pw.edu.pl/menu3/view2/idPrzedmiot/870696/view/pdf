--- v0 (2025-10-10)
+++ v1 (2026-02-08)
@@ -921,121 +921,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ćwiczenia w trakcie zajęć stacjonarnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W16, K_W04, K_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student posiada wiedzę na temat architektury, parametrów i świadczonych usług w systemach WMAN i WAN.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ćwiczenia w trakcie zajęć stacjonarnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W04, K_W05, K_W16</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">K_W05, K_W16, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>