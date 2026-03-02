--- v1 (2026-02-08)
+++ v2 (2026-03-02)
@@ -921,51 +921,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ćwiczenia w trakcie zajęć stacjonarnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W16, K_W04, K_W05</w:t>
+        <w:t xml:space="preserve">K_W04, K_W05, K_W16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1072,67 +1072,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykonanie zadania projektowego, sprawdzian końcowy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U07, K_U10, K_U18</w:t>
+        <w:t xml:space="preserve">K_U10, K_U18, K_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.1.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.2.o, I.P6S_UW, III.P6S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student jest w stanie przygotować założenie transmisyjne na bezprzewodowy system dostępowy i dokonać jego analizy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>