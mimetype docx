--- v2 (2026-03-02)
+++ v3 (2026-03-22)
@@ -921,51 +921,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ćwiczenia w trakcie zajęć stacjonarnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W05, K_W16</w:t>
+        <w:t xml:space="preserve">K_W05, K_W16, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1072,67 +1072,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykonanie zadania projektowego, sprawdzian końcowy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U10, K_U18, K_U07</w:t>
+        <w:t xml:space="preserve">K_U07, K_U10, K_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.2.o, I.P6S_UW, III.P6S_UW.1.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student jest w stanie przygotować założenie transmisyjne na bezprzewodowy system dostępowy i dokonać jego analizy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>