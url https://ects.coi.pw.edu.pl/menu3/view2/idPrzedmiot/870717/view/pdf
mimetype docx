--- v0 (2025-12-26)
+++ v1 (2026-02-10)
@@ -1322,51 +1322,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr2A_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.3.o, I.P7S_UW</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi dostrzec ograniczenia metod i narzędzi służących do rozwiązania wyznaczonego zadania i zadań innych uczestników seminarium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>