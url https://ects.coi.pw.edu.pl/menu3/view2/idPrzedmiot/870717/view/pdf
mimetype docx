--- v1 (2026-02-10)
+++ v2 (2026-03-23)
@@ -1236,67 +1236,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena treści prezentacji oraz udziału w dyskusjach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_U13, Tr2A_U14</w:t>
+        <w:t xml:space="preserve">Tr2A_U14, Tr2A_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.2.o, I.P7S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaproponować ulepszenia (usprawnienia) istniejących rozwiązań technicznych prezentowanych przez siebie oraz innych uczestników seminarium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>