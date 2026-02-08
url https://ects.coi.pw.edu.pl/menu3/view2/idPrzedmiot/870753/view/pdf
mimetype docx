--- v0 (2025-12-26)
+++ v1 (2026-02-08)
@@ -816,87 +816,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykład – egzamin pisemny (pytania otwarte lub testowe w zależności od formy nauczania). Wymaganie jest uzyskanie połowy możliwych do uzyskania punktów, aby otrzymać ocenę pozytywną.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Tr2A_W08, Tr2A_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna wielokryterialny układ wartości dla optymalizacji rozwiązań projektowych złożonych systemów logistycznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wykład – egzamin pisemny (pytania otwarte lub testowe w zależności od formy nauczania). Wymaganie jest uzyskanie połowy możliwych do uzyskania punktów, aby otrzymać ocenę pozytywną. Ćwiczenia projektowe - realizacja indywidualnych zadań projektowych i obrona przed końcem semestru. Bieżąca kontrola postępów. Konieczne jest poprawne wykonanie wszystkich zadań.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Tr2A_W06, Tr2A_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna wielokryterialny układ wartości dla optymalizacji rozwiązań projektowych złożonych systemów logistycznych.</w:t>
+        <w:t xml:space="preserve">Zna i rozumie mierniki oceny rozwiązań projektowych lub wyników audytu logistycznego systemów logistycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykład – egzamin pisemny (pytania otwarte lub testowe w zależności od formy nauczania). Wymaganie jest uzyskanie połowy możliwych do uzyskania punktów, aby otrzymać ocenę pozytywną. Ćwiczenia projektowe - realizacja indywidualnych zadań projektowych i obrona przed końcem semestru. Bieżąca kontrola postępów. Konieczne jest poprawne wykonanie wszystkich zadań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -907,180 +977,110 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr2A_W06, Tr2A_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna i rozumie mierniki oceny rozwiązań projektowych lub wyników audytu logistycznego systemów logistycznych.</w:t>
+        <w:t xml:space="preserve">Umie dobierać rozwiązania techniczne, odpowiednie do realizacji zadania logistycznego przez wybrany fragment systemu logistycznego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wykład – egzamin pisemny (pytania otwarte lub testowe w zależności od formy nauczania). Wymaganie jest uzyskanie połowy możliwych do uzyskania punktów, aby otrzymać ocenę pozytywną. Ćwiczenia projektowe - realizacja indywidualnych zadań projektowych i obrona przed końcem semestru. Bieżąca kontrola postępów. Konieczne jest poprawne wykonanie wszystkich zadań.</w:t>
+        <w:t xml:space="preserve">Ćwiczenia projektowe - realizacja indywidualnych zadań projektowych i obrona przed końcem semestru. Bieżąca kontrola postępów. Konieczne jest poprawne wykonanie wszystkich zadań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_W06, Tr2A_W08</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">Tr2A_U17, Tr2A_U01, Tr2A_U10</w:t>
+        <w:t xml:space="preserve">Tr2A_U01, Tr2A_U10, Tr2A_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>