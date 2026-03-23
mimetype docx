--- v1 (2026-02-08)
+++ v2 (2026-03-23)
@@ -816,51 +816,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykład – egzamin pisemny (pytania otwarte lub testowe w zależności od formy nauczania). Wymaganie jest uzyskanie połowy możliwych do uzyskania punktów, aby otrzymać ocenę pozytywną.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_W08, Tr2A_W06</w:t>
+        <w:t xml:space="preserve">Tr2A_W06, Tr2A_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1122,51 +1122,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr2A_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.4.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.4.o, I.P7S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi dokonać wielokryterialnej oceny wybranego elementu systemu logistycznego względem wybranych kryteriów oceny.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>