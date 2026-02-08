--- v0 (2025-12-26)
+++ v1 (2026-02-08)
@@ -735,87 +735,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja efektu jest realizowana w czasie dwóch kolokwiów w semestrze. Studenci odpowiadają na punktowane pytania. Efekt jest uzyskany jeżeli student otrzyma więcej niż połowę punktów przewidzianą za pytania dotyczące efektu. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Tr2A_W09, Tr2A_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">posiada wiedzę teoretyczną na temat struktur i zadań komputerowych sieci przemysłowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja efektu jest realizowana w czasie dwóch kolokwiów w semestrze. Studenci odpowiadają na punktowane pytania. Efekt jest uzyskany jeżeli student otrzyma więcej niż połowę punktów przewidzianą za pytania dotyczące efektu. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Tr2A_W06, Tr2A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">posiada wiedzę teoretyczną na temat struktur i zadań komputerowych sieci przemysłowych</w:t>
+        <w:t xml:space="preserve">posiada wiedzę teoretyczną na temat struktur i zadań sterowników PLC oraz zasad ich programowania </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja efektu jest realizowana w czasie dwóch kolokwiów w semestrze. Studenci odpowiadają na punktowane pytania. Efekt jest uzyskany jeżeli student otrzyma więcej niż połowę punktów przewidzianą za pytania dotyczące efektu. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -834,58 +904,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">posiada wiedzę teoretyczną na temat struktur i zadań sterowników PLC oraz zasad ich programowania </w:t>
+        <w:t xml:space="preserve">posiada wiedzę teoretyczną na temat ograniczeń pracy w czasie rzeczywistym oraz mechnizmów pozwalających na ich przestrzeganie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja efektu jest realizowana w czasie dwóch kolokwiów w semestrze. Studenci odpowiadają na punktowane pytania. Efekt jest uzyskany jeżeli student otrzyma więcej niż połowę punktów przewidzianą za pytania dotyczące efektu. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -896,196 +966,126 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr2A_W06, Tr2A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">posiada wiedzę teoretyczną na temat ograniczeń pracy w czasie rzeczywistym oraz mechnizmów pozwalających na ich przestrzeganie</w:t>
+        <w:t xml:space="preserve">Umie zidentyfikować cyfrowy system sterowania, jego strukturę oraz rozróżnić jego elementy </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja efektu jest realizowana w czasie dwóch kolokwiów w semestrze. Studenci odpowiadają na punktowane pytania. Efekt jest uzyskany jeżeli student otrzyma więcej niż połowę punktów przewidzianą za pytania dotyczące efektu. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_W06, Tr2A_W09</w:t>
+        <w:t xml:space="preserve">Tr2A_U10, Tr2A_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">III.P7S_UW.2.o, I.P7S_UW</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie zastosować mikroprocesor, sterownik PLC  do sterowania wraz z układami pryferyjnymi</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>