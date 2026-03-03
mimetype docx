--- v1 (2026-02-08)
+++ v2 (2026-03-03)
@@ -735,51 +735,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja efektu jest realizowana w czasie dwóch kolokwiów w semestrze. Studenci odpowiadają na punktowane pytania. Efekt jest uzyskany jeżeli student otrzyma więcej niż połowę punktów przewidzianą za pytania dotyczące efektu. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_W09, Tr2A_W06</w:t>
+        <w:t xml:space="preserve">Tr2A_W06, Tr2A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>