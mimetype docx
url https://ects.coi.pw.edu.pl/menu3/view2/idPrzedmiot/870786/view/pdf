--- v2 (2026-03-03)
+++ v3 (2026-03-24)
@@ -1025,67 +1025,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja efektu jest realizowana w czasie dwóch kolokwiów w semestrze. Studenci odpowiadają na punktowane pytania. Efekt jest uzyskany jeżeli student otrzyma więcej niż połowę punktów przewidzianą za pytania dotyczące efektu. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_U10, Tr2A_U14</w:t>
+        <w:t xml:space="preserve">Tr2A_U14, Tr2A_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.2.o, I.P7S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie zastosować mikroprocesor, sterownik PLC  do sterowania wraz z układami pryferyjnymi</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>