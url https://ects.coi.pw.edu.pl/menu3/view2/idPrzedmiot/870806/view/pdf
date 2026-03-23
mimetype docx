--- v2 (2026-03-02)
+++ v3 (2026-03-23)
@@ -1029,67 +1029,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Laboratorium – kolokwium po każdym ćwiczeniu (2-3 pytania otwarte) oraz wykonanie sprawoz-dania. Wymagane jest udzielenie odpowiedzi na poziomie co najmniej 51%.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_U01, Tr2A_U10, Tr2A_U18</w:t>
+        <w:t xml:space="preserve">Tr2A_U10, Tr2A_U18, Tr2A_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.2.o, III.P7S_UW.4.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.2.o, I.P7S_UW, III.P7S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi oznaczyć podstawowe własnosci produktów naftowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1115,51 +1115,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr2A_U09, Tr2A_U11, Tr2A_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.1.o, I.P7S_UW, III.P7S_UW.4.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi ocenić zawartość zanieczyszczeń występujących w produktach naftowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>