--- v0 (2026-02-09)
+++ v1 (2026-03-22)
@@ -821,191 +821,191 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr2A_W07, Tr2A_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WK, I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">zna akty prawne warunkujące realizację procesu technologicznego badania pojazdu oraz badania podstawowe i rozszerzone, badania pojazdów specjalnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium – część pisemna i ustna</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr2A_W07, Tr2A_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zna akty prawne warunkujące realizację procesu technologicznego badania pojazdu oraz badania podstawowe i rozszerzone, badania pojazdów specjalnych.</w:t>
+        <w:t xml:space="preserve">ma podstawową wiedzę o wymaganiach technologicznych stawianych Stacjom Kontroli Pojazdów oraz o wymaganiach odnoszących się do wyposażenia technologicznego SKP.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium – część pisemna i ustna</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_W07, Tr2A_W08</w:t>
+        <w:t xml:space="preserve">Tr2A_W07, Tr2A_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_WK, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zna przykłady rozwiązań technologicznych i wyposażenia istniejących stacji oraz przepisy warunkujące wykonanie prawidłowego projektu technologicznego oraz dobór wyposażenia SKP. A także wymagania stawiane diagnostom</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>