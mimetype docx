--- v0 (2026-02-08)
+++ v1 (2026-03-01)
@@ -763,271 +763,271 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr2A_W07, Tr2A_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WK, I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma podbudowaną teoretycznie szczegółową wiedzę dotyczącą warunków przewozu jednostek ładunkowych transportu intermodalnego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium – 1-2 pytania otwarte lub 2-4 pytania testowe dotyczące tego efektu, wymagane jest udzielenie prawidłowej odpowiedzi na przynajmniej jedno pytanie otwarte (lub przynajmniej w połowie na każe z pytań otwartych) i w całości na przynajmniej połowę pytań testowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr2A_W07, Tr2A_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma podbudowaną teoretycznie szczegółową wiedzę dotyczącą warunków przewozu jednostek ładunkowych transportu intermodalnego</w:t>
+        <w:t xml:space="preserve">Ma podbudowaną teoretycznie szczegółową wiedzę dotyczącą obliczania zdolności obsługowej terminalu przeładunkowego transportu intermodalnego. Ma podbudowaną teoretycznie szczegółową wiedzę dotyczącą kalkulacji nakładów i kosztów funkcjonowania terminalu kontenerowego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium – 1-2 pytania otwarte lub 2-4 pytania testowe dotyczące tego efektu, wymagane jest udzielenie prawidłowej odpowiedzi na przynajmniej jedno pytanie otwarte (lub przynajmniej w połowie na każe z pytań otwartych) i w całości na przynajmniej połowę pytań testowych.</w:t>
+        <w:t xml:space="preserve">Kolokwium – 1 zadanie obliczeniowe lub 1 pytanie testowe (również wymagające wykonania obliczeń). Wymagane jest podanie prawidłowej odpowiedzi w obu przypadkach. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr2A_W07, Tr2A_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma podbudowaną teoretycznie szczegółową wiedzę dotyczącą obliczania zdolności obsługowej terminalu przeładunkowego transportu intermodalnego. Ma podbudowaną teoretycznie szczegółową wiedzę dotyczącą kalkulacji nakładów i kosztów funkcjonowania terminalu kontenerowego</w:t>
+        <w:t xml:space="preserve">Potrafi zaprojektować system pracy terminalu przeładunkowego transportu intermodalnego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium – 1 zadanie obliczeniowe lub 1 pytanie testowe (również wymagające wykonania obliczeń). Wymagane jest podanie prawidłowej odpowiedzi w obu przypadkach. </w:t>
+        <w:t xml:space="preserve">Projekt – wykonanie kompletnego projektu oraz ustna jego obrona. Prawidłowa odpowiedź na przynajmniej połowę zadanych pytań do projektu. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_W07, Tr2A_W08</w:t>
+        <w:t xml:space="preserve">Tr2A_U21, Tr2A_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.2.o, III.P7S_UW.4.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.4.o, III.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi stosować odpowiednie metody w projektowaniu terminalu przeładunkowego transportu intermodalnego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>