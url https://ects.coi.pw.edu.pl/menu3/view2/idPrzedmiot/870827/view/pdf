--- v1 (2026-03-01)
+++ v2 (2026-03-24)
@@ -763,51 +763,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr2A_W07, Tr2A_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma podbudowaną teoretycznie szczegółową wiedzę dotyczącą warunków przewozu jednostek ładunkowych transportu intermodalnego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1037,67 +1037,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekt– wykonanie kompletnego projektu oraz ustna jego obrona. Prawidłowa odpowiedź na przynajmniej połowę zadanych pytań do projektu. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_U21, Tr2A_U22</w:t>
+        <w:t xml:space="preserve">Tr2A_U22, Tr2A_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.4.o, III.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.2.o, III.P7S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi dokonać analizy ekonomicznej funkcjonownia terminala przeładunkowego transportu intermodalnego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>