--- v0 (2026-02-08)
+++ v1 (2026-03-03)
@@ -1042,67 +1042,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ćwiczenia: projekt składający się z trzech części (wykres Gantta oraz wyznaczanie ścieżki krytycznej metodą CPM, PERT) realizowany samodzielnie lub w grupach.Wymagana jest poprawna realizacja każdej z trzech częsci ćwiczenia.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_U02, Tr2A_U07, Tr2A_U11</w:t>
+        <w:t xml:space="preserve">Tr2A_U07, Tr2A_U11, Tr2A_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UW, III.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.2.o, I.P7S_UW, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wykonać porównanie projektów lub rozwiązań projektowych z zastosowaniem metod wskaźników finansowych m.in. NPV, IRR, okres zwrotu
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>