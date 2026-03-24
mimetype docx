--- v0 (2025-12-26)
+++ v1 (2026-03-24)
@@ -813,51 +813,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykład – 1 pytanie otwarte lub 2 pytania testowe dotyczące tego efektu, wymagane jest udzielenie prawidłowej odpowiedzi przynajmniej w połowie na pytanie otwarte i w całości na przynajmniej jedno pytanie testowe.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_W07, Tr2A_W08</w:t>
+        <w:t xml:space="preserve">Tr2A_W08, Tr2A_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>