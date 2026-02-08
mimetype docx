--- v0 (2025-12-16)
+++ v1 (2026-02-08)
@@ -1271,67 +1271,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ćwiczenia: zadania na kolokwium pisemnym. Wymagane jest poprawne przedstawienie
 zależności matematycznych opisujących modele organizowania ruchu oraz prawidłowe rozłożenie potoku ruchu wg wskazanych kryteriów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_U12, Tr2A_U11</w:t>
+        <w:t xml:space="preserve">Tr2A_U11, Tr2A_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.2.o, I.P7S_UW</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przedstawić sformułowanie modeli rozwoju systemu transportowego, sformułowanie
 zadań optymalizacyjnych doboru środków do zadań oraz dokonać oceny wielokryterialnej
 oceny ST.</w:t>
       </w:r>
     </w:p>
     <w:p>