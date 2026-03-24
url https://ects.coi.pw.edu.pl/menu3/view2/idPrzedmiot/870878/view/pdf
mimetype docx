--- v1 (2026-02-08)
+++ v2 (2026-03-24)
@@ -972,51 +972,51 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykład – kolokwium - pytania otwarte lub testowe. W obu przypadkach wymagane jest
 udzielenie odpowiedzi na co najmniej 51% zadanych pytań (bądź w co najmniej połowie
 odpowiedzieć na zadane pytanie) dotyczących danego efektu kształcenia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_W05, Tr2A_W08</w:t>
+        <w:t xml:space="preserve">Tr2A_W08, Tr2A_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>