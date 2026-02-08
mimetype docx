--- v0 (2025-12-15)
+++ v1 (2026-02-08)
@@ -888,51 +888,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykład - test składający się z kilkunastu pytań (zamkniętych), albo 2 zadania do samodzielnego rozwiązania. Laboratorium - samodzielne wykonanie 2 zadań na komputerze z wykorzystaniem arkusza kalkulacyjnego. W obu przypadkach zajęć wymagane są rozwiązania na poziomie co najmniej 51%.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_W05, Tr2A_W09</w:t>
+        <w:t xml:space="preserve">Tr2A_W09, Tr2A_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1127,51 +1127,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr2A_U10, Tr2A_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.2.o, I.P7S_UW</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi  analizować wielostanowe procesy eksploatacji, stosując właściwe miary </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>