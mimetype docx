--- v1 (2026-02-08)
+++ v2 (2026-03-01)
@@ -888,51 +888,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykład - test składający się z kilkunastu pytań (zamkniętych), albo 2 zadania do samodzielnego rozwiązania. Laboratorium - samodzielne wykonanie 2 zadań na komputerze z wykorzystaniem arkusza kalkulacyjnego. W obu przypadkach zajęć wymagane są rozwiązania na poziomie co najmniej 51%.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_W09, Tr2A_W05</w:t>
+        <w:t xml:space="preserve">Tr2A_W05, Tr2A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>