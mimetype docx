--- v2 (2026-03-01)
+++ v3 (2026-03-24)
@@ -1111,67 +1111,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Laboratorium - samodzielne wykonanie 2 zadań na komputerze z wykorzystaniem arkusza kalkulacyjnego. Wymagane są rozwiązania na poziomie co najmniej 51%.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_U10, Tr2A_U13</w:t>
+        <w:t xml:space="preserve">Tr2A_U13, Tr2A_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.2.o, I.P7S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi  analizować wielostanowe procesy eksploatacji, stosując właściwe miary </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>