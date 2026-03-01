--- v0 (2026-02-08)
+++ v1 (2026-03-01)
@@ -745,137 +745,137 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, 2 pytania otwarte, wymagane jest udzielenie pełnej odpowiedzi na przynajmniej 1 z tych pytań</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Tr2A_W10, Tr2A_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WK, I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada pogłębioną wiedzę o środkach pracy stosowanych w transporcie samochodowym, a także zna parametry dopuszczalne pojazdów, warunki korzystania z infrastruktury drogowej oraz wymagane kwalifikacje kierowców i uwarunkowania prawne dotyczące czasu pracy kierowców</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin, 2 lub 3 pytania otwarte, wymagane jest udzielenie pełnej odpowiedzi na przynajmniej 1 lub 2 z tych pytań</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Tr2A_W06, Tr2A_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_WK, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada pogłębioną wiedzę o zasadach doboru środków przewozowych transportu samochodowego oraz o wymiarowaniu rozmieszczenia ładunku w przestrzeniach ładunkowych pojazdów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>