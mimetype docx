--- v1 (2026-03-01)
+++ v2 (2026-03-23)
@@ -745,67 +745,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, 2 pytania otwarte, wymagane jest udzielenie pełnej odpowiedzi na przynajmniej 1 z tych pytań</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_W10, Tr2A_W06</w:t>
+        <w:t xml:space="preserve">Tr2A_W06, Tr2A_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada pogłębioną wiedzę o środkach pracy stosowanych w transporcie samochodowym, a także zna parametry dopuszczalne pojazdów, warunki korzystania z infrastruktury drogowej oraz wymagane kwalifikacje kierowców i uwarunkowania prawne dotyczące czasu pracy kierowców</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1035,67 +1035,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Obrona zadania projektowego, część projektu dotycząca planowania rozmieszczenia ładunku w przestrzeni ładunkowej pojazdu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_U15, Tr2A_U21</w:t>
+        <w:t xml:space="preserve">Tr2A_U21, Tr2A_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.3.o, III.P7S_UW.4.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.4.o, III.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wymiarować procesy przewozowe ze względu na wydajność oraz ze względu na koszty</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>