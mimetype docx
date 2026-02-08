--- v0 (2025-12-03)
+++ v1 (2026-02-08)
@@ -954,67 +954,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja efektu jest realizowana w czasie egzaminu po zakończonym semestrze. Studenci odpowiadają na punktowane pytania. Efekt jest uzyskany jeżeli student otrzyma więcej niż połowę punktów przewidzianą za pytania dotyczące efektu. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_U07, Tr2A_U10</w:t>
+        <w:t xml:space="preserve">Tr2A_U10, Tr2A_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.2.o, I.P7S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie określić strukturę systemu kierowania ruchem kolejowym dla danego obszaru sieci kolejowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>