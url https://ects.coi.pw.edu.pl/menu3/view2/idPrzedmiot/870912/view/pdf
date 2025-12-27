--- v0 (2025-12-02)
+++ v1 (2025-12-27)
@@ -875,167 +875,237 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja efektu jest realizowana w czasie egzaminu po zakończonym semestrze. Studenci odpowiadają na punktowane pytania. Efekt jest uzyskany jeżeli student otrzyma więcej niż połowę punktów przewidzianą za pytania dotyczące efektu. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Tr2A_W09, Tr2A_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę teoretyczną na temat przepisów i norm dotyczących systemów sterowania  ruchem kolejowym </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja efektu jest realizowana w czasie egzaminu po zakończonym semestrze. Studenci odpowiadają na punktowane pytania. Efekt jest uzyskany jeżeli student otrzyma więcej niż połowę punktów przewidzianą za pytania dotyczące efektu. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Tr2A_W06, Tr2A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę teoretyczną na temat przepisów i norm dotyczących systemów sterowania  ruchem kolejowym </w:t>
+        <w:t xml:space="preserve">Umie wymienić funkcje oraz strukturę systemu sterowania ruchem kolejowym dla danego obszaru sieci kolejowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja efektu jest realizowana w czasie egzaminu po zakończonym semestrze. Studenci odpowiadają na punktowane pytania. Efekt jest uzyskany jeżeli student otrzyma więcej niż połowę punktów przewidzianą za pytania dotyczące efektu. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_W06, Tr2A_W09</w:t>
+        <w:t xml:space="preserve">Tr2A_U01, Tr2A_U10, Tr2A_U12, Tr2A_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.2.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie wymienić funkcje oraz strukturę systemu sterowania ruchem kolejowym dla danego obszaru sieci kolejowej</w:t>
+        <w:t xml:space="preserve">Umie odczytywać informacje ze zobrazowania sytuacji ruchowej urżądzeń zdalnego sterowania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja efektu jest realizowana w czasie egzaminu po zakończonym semestrze. Studenci odpowiadają na punktowane pytania. Efekt jest uzyskany jeżeli student otrzyma więcej niż połowę punktów przewidzianą za pytania dotyczące efektu. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1054,162 +1124,92 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie odczytywać informacje ze zobrazowania sytuacji ruchowej urżądzeń zdalnego sterowania</w:t>
+        <w:t xml:space="preserve">Umie wskazać istotne cechy interfejsu systemu sterowania ruchem z urządzeniami wykonawczymi</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja efektu jest realizowana w czasie egzaminu po zakończonym semestrze. Studenci odpowiadają na punktowane pytania. Efekt jest uzyskany jeżeli student otrzyma więcej niż połowę punktów przewidzianą za pytania dotyczące efektu. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr2A_U01, Tr2A_U10, Tr2A_U12, Tr2A_U14</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">Tr2A_U12, Tr2A_U14, Tr2A_U01, Tr2A_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>