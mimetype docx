--- v1 (2025-12-27)
+++ v2 (2026-02-09)
@@ -875,51 +875,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja efektu jest realizowana w czasie egzaminu po zakończonym semestrze. Studenci odpowiadają na punktowane pytania. Efekt jest uzyskany jeżeli student otrzyma więcej niż połowę punktów przewidzianą za pytania dotyczące efektu. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_W09, Tr2A_W06</w:t>
+        <w:t xml:space="preserve">Tr2A_W06, Tr2A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>