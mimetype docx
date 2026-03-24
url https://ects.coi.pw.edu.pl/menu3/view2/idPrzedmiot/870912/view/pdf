--- v2 (2026-02-09)
+++ v3 (2026-03-24)
@@ -945,51 +945,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja efektu jest realizowana w czasie egzaminu po zakończonym semestrze. Studenci odpowiadają na punktowane pytania. Efekt jest uzyskany jeżeli student otrzyma więcej niż połowę punktów przewidzianą za pytania dotyczące efektu. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_W06, Tr2A_W09</w:t>
+        <w:t xml:space="preserve">Tr2A_W09, Tr2A_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>