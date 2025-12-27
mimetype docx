--- v0 (2025-12-03)
+++ v1 (2025-12-27)
@@ -735,67 +735,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykonanie projektu, indywidualne i grupowe konsultacje projektu, ustna obrona projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_W09, Tr2A_W06</w:t>
+        <w:t xml:space="preserve">Tr2A_W06, Tr2A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada wiedzę na temat elementów i składni różnych języków programowania sterowników PLC  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>