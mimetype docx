--- v1 (2025-12-27)
+++ v2 (2026-01-13)
@@ -1025,67 +1025,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykonanie projektu, indywidualne i grupowe konsultacje projektu, ustna obrona projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_U10, Tr2A_U21</w:t>
+        <w:t xml:space="preserve">Tr2A_U21, Tr2A_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.2.o, III.P7S_UW.4.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.4.o, III.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zweryfikować napisane oprogramowanie sterujące</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>