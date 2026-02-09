--- v2 (2026-01-13)
+++ v3 (2026-02-09)
@@ -955,137 +955,137 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykonanie projektu, indywidualne i grupowe konsultacje projektu, ustna obrona projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Tr2A_U21, Tr2A_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.4.o, III.P7S_UW.2.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi napisać program dla sterownika PLC w specjalistycznym języku programowania</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wykonanie projektu, indywidualne i grupowe konsultacje projektu, ustna obrona projektu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Tr2A_U10, Tr2A_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.2.o, III.P7S_UW.4.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.4.o, III.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zweryfikować napisane oprogramowanie sterujące</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>