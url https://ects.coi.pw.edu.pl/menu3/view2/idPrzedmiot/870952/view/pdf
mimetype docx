--- v0 (2025-12-03)
+++ v1 (2026-02-08)
@@ -741,51 +741,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny w formie pytań otwartych (około 1-2 pytania) lub testowych (około 8 pytań). Wymagane jest uzyskanie co najmniej 50% punktów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_W06, Tr2A_W08</w:t>
+        <w:t xml:space="preserve">Tr2A_W08, Tr2A_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>