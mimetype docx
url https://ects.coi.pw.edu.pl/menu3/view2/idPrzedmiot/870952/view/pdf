--- v1 (2026-02-08)
+++ v2 (2026-03-01)
@@ -741,51 +741,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny w formie pytań otwartych (około 1-2 pytania) lub testowych (około 8 pytań). Wymagane jest uzyskanie co najmniej 50% punktów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_W08, Tr2A_W06</w:t>
+        <w:t xml:space="preserve">Tr2A_W06, Tr2A_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -827,51 +827,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr2A_W07, Tr2A_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK</w:t>
+        <w:t xml:space="preserve">I.P7S_WK, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawowe metody i techniki kształtowania procesów przepływu ładunków i informacji w złożonych systemach logistycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>