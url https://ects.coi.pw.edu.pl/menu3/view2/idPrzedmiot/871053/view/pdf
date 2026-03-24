--- v0 (2025-12-28)
+++ v1 (2026-03-24)
@@ -776,51 +776,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.T.P6S_WK, II.H.P6S_WG.1.o</w:t>
+        <w:t xml:space="preserve">II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WG.1, II.H.P6S_WG.1.o, II.S.P6S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student zna i potrafi przedstawić podstawowe zasady prawa gospodarczego publicznego oraz potrafi przedstawić źródła prawa gospodarczego publicznego i dokonać ich analizy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -846,51 +846,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, II.S.P6S_WG.1, II.H.P6S_WG.3, I.P6S_WK</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.H.P6S_WG.3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student zna podstawowe prawne środki i formy wpływu państwa na gospodarkę,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1410,51 +1410,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium i rozwiązywanie problemów praktycznych na ćwiczeniach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K01, K_K05</w:t>
+        <w:t xml:space="preserve">K_K05, K_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>