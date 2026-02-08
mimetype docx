--- v0 (2025-12-28)
+++ v1 (2026-02-08)
@@ -762,67 +762,67 @@
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wiedza studenta będzie weryfikowana na bieżąco podczas zajęć w ramach dyskusji nad
 omawianymi na nich zagadnieniami. Będą bowiem brane pod uwagę przygotowanie
 merytoryczne studenta do zajęć i jego aktywność. Będzie sprawdzana również
 umiejętność zastosowania wiedzy podczas rozwiązywania samodzielnie kazusów lub
 opracowywania krótkich prac pisemnych. Weryfikacja końcowa wiedzy studenta będzie
 miała formę sprawdziany pisemnego (kolokwium zaliczeniowego) na koniec cyklu zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W04, K_W05</w:t>
+        <w:t xml:space="preserve">K_W04, K_W05, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.X.P6S_WG.2, II.H.P6S_WG.1.o</w:t>
+        <w:t xml:space="preserve">II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.3, I.P6S_WK, II.H.P6S_WG/K.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Po zakończeniu zajęć student potrafi również wskazać środki ochrony podstawowych wolności i praw oraz zasady ich wykorzystania (w tym: środki dostępu do sądu, skarga konstytucyjna do Trybunału Konstytucyjnego, skarga do Rzecznika Praw Obywatelskich, skargi do instancji międzynarodowych, w szczególności Europejskiego Trybunału Praw Człowieka).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -837,67 +837,67 @@
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wiedza studenta będzie weryfikowana na bieżąco podczas zajęć w ramach dyskusji nad
 omawianymi na nich zagadnieniami. Będą bowiem brane pod uwagę przygotowanie
 merytoryczne studenta do zajęć i jego aktywność. Będzie sprawdzana również
 umiejętność zastosowania wiedzy podczas rozwiązywania samodzielnie kazusów lub
 opracowywania krótkich prac pisemnych. Weryfikacja końcowa wiedzy studenta będzie
 miała formę sprawdziany pisemnego (kolokwium zaliczeniowego) na koniec cyklu zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W05, K_W03, K_W04</w:t>
+        <w:t xml:space="preserve">K_W03, K_W04, K_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_WG.3, I.P6S_WG, I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG/K.o, II.X.P6S_WG.2, II.H.P6S_WG.1.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.X.P6S_WG.2, II.H.P6S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_1: </w:t>
       </w:r>
     </w:p>