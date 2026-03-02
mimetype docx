--- v1 (2026-02-08)
+++ v2 (2026-03-02)
@@ -762,67 +762,67 @@
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wiedza studenta będzie weryfikowana na bieżąco podczas zajęć w ramach dyskusji nad
 omawianymi na nich zagadnieniami. Będą bowiem brane pod uwagę przygotowanie
 merytoryczne studenta do zajęć i jego aktywność. Będzie sprawdzana również
 umiejętność zastosowania wiedzy podczas rozwiązywania samodzielnie kazusów lub
 opracowywania krótkich prac pisemnych. Weryfikacja końcowa wiedzy studenta będzie
 miała formę sprawdziany pisemnego (kolokwium zaliczeniowego) na koniec cyklu zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W05, K_W03</w:t>
+        <w:t xml:space="preserve">K_W03, K_W04, K_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.3, I.P6S_WK, II.H.P6S_WG/K.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.X.P6S_WG.2, II.H.P6S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Po zakończeniu zajęć student potrafi również wskazać środki ochrony podstawowych wolności i praw oraz zasady ich wykorzystania (w tym: środki dostępu do sądu, skarga konstytucyjna do Trybunału Konstytucyjnego, skarga do Rzecznika Praw Obywatelskich, skargi do instancji międzynarodowych, w szczególności Europejskiego Trybunału Praw Człowieka).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1007,51 +1007,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U02, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+        <w:t xml:space="preserve">II.H.P6S_UW.1, I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_1: </w:t>
       </w:r>
     </w:p>