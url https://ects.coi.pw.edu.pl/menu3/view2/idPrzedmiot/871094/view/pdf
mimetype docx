--- v0 (2026-02-08)
+++ v1 (2026-03-01)
@@ -776,51 +776,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.X.P6S_WG.2</w:t>
+        <w:t xml:space="preserve">II.H.P6S_WG.1.o, I.P6S_WG, II.X.P6S_WG.2, II.S.P6S_WG.2, II.S.P6S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozumie mechanizmy społeczne odnoszące się do funkcjonowania prawa pracy i prawa urzędniczego w ramach społeczności lokalnych i regionalnych oraz szeroko rozumianej administracji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -996,51 +996,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW</w:t>
+        <w:t xml:space="preserve">II.H.P6S_UW.1, I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie postrzegać problemy społeczne wynikające z funkcjonowania prawa pracy oraz prawa urzędniczego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>