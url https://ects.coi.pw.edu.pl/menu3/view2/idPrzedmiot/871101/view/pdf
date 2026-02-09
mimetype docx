--- v0 (2026-01-15)
+++ v1 (2026-02-09)
@@ -806,51 +806,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WG, II.S.P6S_WG.3</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.S.P6S_WG.3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student ma podstawową wiedzę o różnych rodzajach struktur i instytucji prawnych w ramach Unii Europejskiej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -930,51 +930,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W05, K_W02</w:t>
+        <w:t xml:space="preserve">K_W02, K_W03, K_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1166,51 +1166,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U04, K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P6S_UW.1, I.P6S_UW, I.P6S_UO, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student posiada umiejętność przygotowania typowych prac pisemnych w języku polskim, właściwych dla kierunku Administracja, z wykorzystaniem różnych źródeł</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>