--- v0 (2025-12-02)
+++ v1 (2025-12-28)
@@ -804,201 +804,201 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W03, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.X.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna najnowsze badania poświęcone sądownictwu, potrafi analizować funkcjonowanie sądownictwa w ujęciu socjologicznym, w perspektywie Goffmanowskiej oraz uwzględniając paradox zgodności z prawem, wie jak wygląda rozprawa, umie ocenić profesjonalizm, kulturę w trakcie rozprawy, potrafi porównać obserwowane analizowane sprawy z tzw. medialnymi opisami spraw.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">wizyta w sądzie, obserwacja rozprawy, notatka lub kwestionariusz obserwacji zgodny z kwestionariuszem Fundacji Court Watch Polska</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W01, K_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student zna najnowsze badania poświęcone sądownictwu, potrafi analizować funkcjonowanie sądownictwa w ujęciu socjologicznym, w perspektywie Goffmanowskiej oraz uwzględniając paradox zgodności z prawem, wie jak wygląda rozprawa, umie ocenić profesjonalizm, kulturę w trakcie rozprawy, potrafi porównać obserwowane analizowane sprawy z tzw. medialnymi opisami spraw.</w:t>
+        <w:t xml:space="preserve">student potrafi analizować  badania poświęcone sądownictwu, potrafi analizować funkcjonowanie sądownictwa w ujęciu socjologicznym, w perspektywie Goffmanowskiej oraz uwzględniając paradox zgodności z prawem analiza literatury w powiązaniu z przepisami zawartymi w polecanych aktów prawnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">wizyta w sądzie, obserwacja rozprawy, notatka lub kwestionariusz obserwacji zgodny z kwestionariuszem Fundacji Court Watch Polska</w:t>
+        <w:t xml:space="preserve">Porównywanie przepisów z praktyką, orzecznictwem, wynikami badań socjologicznych (ujęcie Podgóreckiego) i konfrontowanie wiedzy z wiadomościami z codziennych doniesień medialnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W03</w:t>
+        <w:t xml:space="preserve">K_U04, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2, I.P7S_WG</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.X.P7S_UW.2</w:t>
+        <w:t xml:space="preserve">II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>