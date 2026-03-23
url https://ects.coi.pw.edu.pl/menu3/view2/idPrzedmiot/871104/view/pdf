--- v1 (2025-12-28)
+++ v2 (2026-03-23)
@@ -788,67 +788,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">odpowiedź ustna na podstawie analizy wyroków</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W03, K_W06</w:t>
+        <w:t xml:space="preserve">K_W03, K_W06, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.X.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, II.S.P7S_WG.1, I.P7S_WK, II.X.P7S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student zna najnowsze badania poświęcone sądownictwu, potrafi analizować funkcjonowanie sądownictwa w ujęciu socjologicznym, w perspektywie Goffmanowskiej oraz uwzględniając paradox zgodności z prawem, wie jak wygląda rozprawa, umie ocenić profesjonalizm, kulturę w trakcie rozprawy, potrafi porównać obserwowane analizowane sprawy z tzw. medialnymi opisami spraw.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -938,67 +938,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Porównywanie przepisów z praktyką, orzecznictwem, wynikami badań socjologicznych (ujęcie Podgóreckiego) i konfrontowanie wiedzy z wiadomościami z codziennych doniesień medialnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U04, K_U01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.X.P7S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>