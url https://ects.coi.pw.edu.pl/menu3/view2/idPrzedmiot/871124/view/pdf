--- v0 (2026-01-08)
+++ v1 (2026-02-07)
@@ -739,67 +739,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Opinia o pracy dyplomowej kierującego pracą i recenzenta</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W04</w:t>
+        <w:t xml:space="preserve">K_W04, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.X.P6S_WG.2</w:t>
+        <w:t xml:space="preserve">II.H.P6S_WG.1.o, I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.X.P6S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę o zasadach przygotowywania pracy dyplomowej licencjackiej, szczególnie tych wynikających z regulacji prawnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1035,51 +1035,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P6S_WK, II.S.P6S_WK, II.H.P6S_WK, I.P6S_WK</w:t>
+        <w:t xml:space="preserve">I.P6S_WK, II.T.P6S_WK, II.S.P6S_WK, II.H.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
@@ -1185,261 +1185,261 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student umie przygotować i przedstawić prezentację wyników swoich poszukiwań badawczych będących przedmiotem jego pracy dyplomowej z uwzględnieniem obowiązujących sztandarów i norm prawnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Prezentacja pracy podczas egzaminu dyplomowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U02, K_U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umie stosować w praktyce zapisy Ustawy z dnia 4 lutego 1994 r. o prawie autorskim i prawach pokrewnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Raport z systemu JSA oraz opinia promotora pracy</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U01, K_U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student umie przygotować i przedstawić prezentację wyników swoich poszukiwań badawczych będących przedmiotem jego pracy dyplomowej z uwzględnieniem obowiązujących sztandarów i norm prawnych.</w:t>
+        <w:t xml:space="preserve">Umie opracowywać zebrane dane, analizować i interpretować, wyciągać wnioski oraz formułować i uzasadniać opinie w zakresie tematycznym związanym z pracą, ze szczególnym uwzględnieniem aspektów prawnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Prezentacja pracy podczas egzaminu dyplomowego.</w:t>
+        <w:t xml:space="preserve">Opinia kierującego pracą dyplomową i recenzenta. Prezentacja pracy dyplomowej podczas egzaminu dyplomowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U02, K_U04</w:t>
+        <w:t xml:space="preserve">K_U02, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW</w:t>
-[...139 lines deleted...]
-        <w:t xml:space="preserve">II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>