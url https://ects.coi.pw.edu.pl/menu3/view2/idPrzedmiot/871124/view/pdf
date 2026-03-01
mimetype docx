--- v1 (2026-02-07)
+++ v2 (2026-03-01)
@@ -739,67 +739,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Opinia o pracy dyplomowej kierującego pracą i recenzenta</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P6S_WG.1.o, I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.X.P6S_WG.2</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.X.P6S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę o zasadach przygotowywania pracy dyplomowej licencjackiej, szczególnie tych wynikających z regulacji prawnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1035,51 +1035,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WK, II.T.P6S_WK, II.S.P6S_WK, II.H.P6S_WK</w:t>
+        <w:t xml:space="preserve">II.H.P6S_WK, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
@@ -1185,51 +1185,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student umie przygotować i przedstawić prezentację wyników swoich poszukiwań badawczych będących przedmiotem jego pracy dyplomowej z uwzględnieniem obowiązujących sztandarów i norm prawnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>