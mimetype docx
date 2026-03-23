--- v0 (2025-12-28)
+++ v1 (2026-03-23)
@@ -869,51 +869,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma podstawową wiedzę niezbędną do przenoszenia wiedzy i działalności inżynierskiej poza uczelnię.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>