--- v0 (2025-12-28)
+++ v1 (2026-03-01)
@@ -930,51 +930,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UU, P6U_U, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UK, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi modelować przebieg procesów chemicznych i biochemicznych w bioreaktorach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>