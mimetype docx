--- v1 (2026-03-01)
+++ v2 (2026-03-23)
@@ -850,51 +850,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WK</w:t>
+        <w:t xml:space="preserve">I.P6S_WK, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>