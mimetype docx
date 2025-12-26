--- v0 (2025-12-03)
+++ v1 (2025-12-26)
@@ -803,67 +803,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test, udział w dyskusji, analizy studiów przypadków.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2, I.P7S_WG, II.S.P7S_WG.2, II.H.P7S_WG.1.o</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
@@ -883,51 +883,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Udział w dyskusji, studia przypadków.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U04, K_U05, K_U10</w:t>
+        <w:t xml:space="preserve">K_U05, K_U10, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -953,67 +953,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wskazać zastosowanie rozwiązań technicznych, ułatwiających uniknięcie nieracjonalności w procesie decyzyjnym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U12, K_U05</w:t>
+        <w:t xml:space="preserve">K_U05, K_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.2.o, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.T.P7S_UW.2</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.T.P7S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>