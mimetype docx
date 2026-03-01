--- v1 (2025-12-26)
+++ v2 (2026-03-01)
@@ -749,51 +749,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W06, K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę na temat możliwej nieracjonalności ekonomicznej ludzkich zachowań i ich konsekwencjach dla prowadzenia polityki społeczno-gospodarczej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -899,51 +899,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U05, K_U10, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UO, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wskazać zastosowanie rozwiązań technicznych, ułatwiających uniknięcie nieracjonalności w procesie decyzyjnym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>