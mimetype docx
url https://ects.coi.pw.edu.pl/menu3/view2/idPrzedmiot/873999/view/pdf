--- v0 (2025-12-02)
+++ v1 (2025-12-29)
@@ -1053,51 +1053,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka F2LAB_U01: </w:t>
       </w:r>
     </w:p>
@@ -1327,67 +1327,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena sprawozdania z ćwiczenia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U02</w:t>
+        <w:t xml:space="preserve">K_U02, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">I.P6S_UK, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka F2LAB_K01: </w:t>
       </w:r>
     </w:p>