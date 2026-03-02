--- v1 (2025-12-29)
+++ v2 (2026-03-02)
@@ -983,411 +983,411 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W02, K_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka FLAB_W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę w zakresie optyki pozwalającym na rozumienie podstawowych zjawisk fizycznych w tej dziedzinie</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium wstępne przed rozpoczęciem ćwiczenia</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka FLAB_W03: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka F2LAB_U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę w zakresie optyki pozwalającym na rozumienie podstawowych zjawisk fizycznych w tej dziedzinie</w:t>
+        <w:t xml:space="preserve">Potrafi zabudować prosty układ pomiarowy zgodnie z zadanym schematem i specyfikacją oraz sprawdzić poprawność jego działania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium wstępne przed rozpoczęciem ćwiczenia</w:t>
+        <w:t xml:space="preserve">Ocena w trakcie zajęć</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02</w:t>
+        <w:t xml:space="preserve">K_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka F2LAB_U01: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka F2LAB_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zabudować prosty układ pomiarowy zgodnie z zadanym schematem i specyfikacją oraz sprawdzić poprawność jego działania</w:t>
+        <w:t xml:space="preserve">Potrafi samodzielnie przeprowadzać eksperymenty, w tym pomiary wspomagane komputerowo</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ocena w trakcie zajęć</w:t>
+        <w:t xml:space="preserve">Obserwacja w trakcie zajęć i ocena sprawozdania z ćwiczenia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka F2LAB_U02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka F2LAB_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi samodzielnie przeprowadzać eksperymenty, w tym pomiary wspomagane komputerowo</w:t>
+        <w:t xml:space="preserve">Potrafi wizualizować i analizować wyniki pomiarów, obliczać niepewności wyznaczonych wielkości oraz weryfikować doświadczalnie założone zależności teoretyczne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Obserwacja w trakcie zajęć i ocena sprawozdania z ćwiczenia</w:t>
+        <w:t xml:space="preserve">Ocena sprawozdania z ćwiczenia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U07</w:t>
+        <w:t xml:space="preserve">K_U01, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka F2LAB_U03: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka F2LAB_U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wizualizować i analizować wyniki pomiarów, obliczać niepewności wyznaczonych wielkości oraz weryfikować doświadczalnie założone zależności teoretyczne</w:t>
+        <w:t xml:space="preserve">Potrafi dokumentować wyniki pracy i przedstawić je w formie pisemnego opracowania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena sprawozdania z ćwiczenia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U06</w:t>
+        <w:t xml:space="preserve">K_U01, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, III.P6S_UW.o</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UK, P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka F2LAB_K01: </w:t>
       </w:r>
     </w:p>