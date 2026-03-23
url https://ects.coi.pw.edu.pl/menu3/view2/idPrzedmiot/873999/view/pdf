--- v2 (2026-03-02)
+++ v3 (2026-03-23)
@@ -983,51 +983,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W02, K_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka FLAB_W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę w zakresie optyki pozwalającym na rozumienie podstawowych zjawisk fizycznych w tej dziedzinie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>