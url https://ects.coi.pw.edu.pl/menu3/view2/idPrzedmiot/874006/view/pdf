--- v0 (2025-12-03)
+++ v1 (2026-03-01)
@@ -831,427 +831,427 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie ćwiczeń w laboratorium, opracowanie sprawozdań z ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W14, K_W09, K_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PA2_W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę na temat sterowania procesami ciągłymi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie ćwiczeń w laboratorium, opracowanie sprawozdań z ćwiczeń.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W09, K_W12, K_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, III.P6S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka PA2_W03: </w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PA2_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę na temat sterowania procesami ciągłymi.</w:t>
+        <w:t xml:space="preserve">Potrafi na podstawie eksperymentu zidentyfikować matematyczny model wybranego obiektu regulacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie ćwiczeń w laboratorium, opracowanie sprawozdań z ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W09, K_W12, K_W14</w:t>
+        <w:t xml:space="preserve">K_U01, K_U02, K_U06, K_U16, K_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka PA2_U02: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PA2_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi na podstawie eksperymentu zidentyfikować matematyczny model wybranego obiektu regulacji.</w:t>
+        <w:t xml:space="preserve">Potrafi projektować hydrauliczne, pneumatyczne i elektropneumatyczne układy napędowo-sterujące.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie ćwiczeń w laboratorium, opracowanie sprawozdań z ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U02, K_U06, K_U16, K_U14</w:t>
+        <w:t xml:space="preserve">K_U02, K_U06, K_U15, K_U16, K_U17, K_U19, K_U23, K_U01, K_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka PA2_U03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka PA2_U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi projektować hydrauliczne, pneumatyczne i elektropneumatyczne układy napędowo-sterujące.</w:t>
+        <w:t xml:space="preserve">Potrafi zastosować sterownik PLC do sterowania procesami binarnymi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie ćwiczeń w laboratorium, opracowanie sprawozdań z ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U02, K_U06, K_U15, K_U16, K_U17, K_U19, K_U23, K_U14</w:t>
+        <w:t xml:space="preserve">K_U01, K_U02, K_U06, K_U24</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, I.P6S_UK, P6U_U, III.P6S_UW.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka PA2_U04: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka Zaliczenie ćwiczeń w laboratorium, opracowanie sprawozdań z ćwiczeń.: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zastosować sterownik PLC do sterowania procesami binarnymi.</w:t>
+        <w:t xml:space="preserve">Potrafi formułować opis matematyczny układów regulacji ciągłej i dyskretnej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zaliczenie ćwiczeń w laboratorium, opracowanie sprawozdań z ćwiczeń.</w:t>
+        <w:t xml:space="preserve">PA2_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U02, K_U06, K_U24, K_U01</w:t>
+        <w:t xml:space="preserve">K_U23, K_U24, K_U14, K_U01, K_U02, K_U06, K_U15, K_U16, K_U17, K_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, I.P6S_UK, III.P6S_UW.o, P6U_U</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PA2_K01: </w:t>
       </w:r>
     </w:p>