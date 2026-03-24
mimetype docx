--- v1 (2026-03-01)
+++ v2 (2026-03-24)
@@ -831,51 +831,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie ćwiczeń w laboratorium, opracowanie sprawozdań z ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W14, K_W09, K_W12</w:t>
+        <w:t xml:space="preserve">K_W09, K_W12, K_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -997,261 +997,261 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U02, K_U06, K_U16, K_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW.o, I.P6S_UK, P6U_U, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PA2_U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi projektować hydrauliczne, pneumatyczne i elektropneumatyczne układy napędowo-sterujące.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie ćwiczeń w laboratorium, opracowanie sprawozdań z ćwiczeń.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U17, K_U19, K_U23, K_U14, K_U01, K_U02, K_U06, K_U15, K_U16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PA2_U04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zastosować sterownik PLC do sterowania procesami binarnymi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie ćwiczeń w laboratorium, opracowanie sprawozdań z ćwiczeń.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U01, K_U02, K_U06, K_U24</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka PA2_U03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka Zaliczenie ćwiczeń w laboratorium, opracowanie sprawozdań z ćwiczeń.: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi projektować hydrauliczne, pneumatyczne i elektropneumatyczne układy napędowo-sterujące.</w:t>
+        <w:t xml:space="preserve">Potrafi formułować opis matematyczny układów regulacji ciągłej i dyskretnej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zaliczenie ćwiczeń w laboratorium, opracowanie sprawozdań z ćwiczeń.</w:t>
+        <w:t xml:space="preserve">PA2_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U02, K_U06, K_U15, K_U16, K_U17, K_U19, K_U23, K_U01, K_U14</w:t>
+        <w:t xml:space="preserve">K_U01, K_U02, K_U06, K_U15, K_U16, K_U17, K_U19, K_U23, K_U24, K_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, III.P6S_UW.o</w:t>
-[...139 lines deleted...]
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, I.P6S_UK, P6U_U, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PA2_K01: </w:t>
       </w:r>
     </w:p>