--- v0 (2025-12-29)
+++ v1 (2026-03-01)
@@ -754,67 +754,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin końcowy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W15, K_W17, K_W19, K_W09, K_W14</w:t>
+        <w:t xml:space="preserve">K_W09, K_W14, K_W15, K_W17, K_W19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ROB_W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada wiedzę na temat możliwości i ograniczeń techniki robotyzacyjnej oraz efektywności jej stosowania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -974,67 +974,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin końcowy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U15, K_U26, K_U27</w:t>
+        <w:t xml:space="preserve">K_U27, K_U15, K_U26</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ROB_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi robotyzować urządzenia, maszyny, stanowiska i procesy produkcyjne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>