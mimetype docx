--- v1 (2026-03-01)
+++ v2 (2026-03-23)
@@ -974,51 +974,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin końcowy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U27, K_U15, K_U26</w:t>
+        <w:t xml:space="preserve">K_U26, K_U27, K_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>