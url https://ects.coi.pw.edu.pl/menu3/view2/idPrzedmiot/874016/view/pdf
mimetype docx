--- v0 (2025-12-03)
+++ v1 (2026-03-01)
@@ -890,287 +890,287 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, kartkówki przed rozpoczęciem ćwiczeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W12, K_W19</w:t>
+        <w:t xml:space="preserve">K_W12, K_W19, K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka OMC_w04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna flagowe urządzenia i systemy optomechatroniczne</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W12, K_W19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka OMC_w04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka OMC_w05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna flagowe urządzenia i systemy optomechatroniczne</w:t>
+        <w:t xml:space="preserve">Zna optyczne metody kontroli montażu powierzchniowego elementów i zespołów elektronicznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, kartkówki przed rozpoczęciem ćwiczeń</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka OMC_u01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawową literaturę naukową i inżynierską z zakresu optomechatroniki</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W12, K_W19</w:t>
+        <w:t xml:space="preserve">K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
-[...149 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW.o, I.P6S_UK, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka OMC_u02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wyjaśnić zasadę działania wybranego zespołu/układu optomechatronicznego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>