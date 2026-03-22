--- v1 (2026-03-01)
+++ v2 (2026-03-22)
@@ -890,67 +890,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, kartkówki przed rozpoczęciem ćwiczeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W12, K_W19, K_W02</w:t>
+        <w:t xml:space="preserve">K_W02, K_W12, K_W19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka OMC_w04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna flagowe urządzenia i systemy optomechatroniczne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1346,51 +1346,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_K, I.P6S_KO, I.P6S_KR</w:t>
+        <w:t xml:space="preserve">I.P6S_KO, I.P6S_KR, P6U_K</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka OMC-k02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi integrować wiedzę mechatroniczną i optyczną</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>