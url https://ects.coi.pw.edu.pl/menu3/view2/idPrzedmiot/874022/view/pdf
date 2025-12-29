--- v0 (2025-12-03)
+++ v1 (2025-12-29)
@@ -758,51 +758,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W16, K_W21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, I.P6S_WK</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PRA_U01: </w:t>
       </w:r>
     </w:p>
@@ -838,51 +838,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U28</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, I.P6S_UK, P6U_U, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PRA_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozumie i stosuje zasady BHP w miejscu pracy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>