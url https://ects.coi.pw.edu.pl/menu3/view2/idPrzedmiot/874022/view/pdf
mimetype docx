--- v1 (2025-12-29)
+++ v2 (2026-03-01)
@@ -838,51 +838,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U28</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, I.P6S_UK, P6U_U, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PRA_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozumie i stosuje zasady BHP w miejscu pracy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -972,51 +972,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena sprawozdania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K04, K_K05</w:t>
+        <w:t xml:space="preserve">K_K05, K_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_K, I.P6S_KO, I.P6S_KR</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>