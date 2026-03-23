--- v0 (2025-12-29)
+++ v1 (2026-03-23)
@@ -764,341 +764,341 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W06, K_W01, K_W04, K_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka AIR_1ST_W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna przetworniki wykorzystywane do pomiarów przemieszczeń liniowych i kątowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin, kolokwium, kartkówki/rozmowy oceniające z przygotowania się studenta do zajęć</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W14, K_W15, K_W16, K_W17, K_W18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG, I.P6S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka AIR_1ST_W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna metody analizy sygnałów wyjściowych przetworników pomiarowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin, kartkówki/ rozmowy oceniające z przygotowania się studenta do zajęć</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W04, K_W05, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka AIR_1ST_W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka AIR_1ST_W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna przetworniki wykorzystywane do pomiarów przemieszczeń liniowych i kątowych</w:t>
+        <w:t xml:space="preserve">Zna metody pozyskiwania informacji o środowisku przez roboty mobilne </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin, kolokwium, kartkówki/rozmowy oceniające z przygotowania się studenta do zajęć</w:t>
+        <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W14, K_W15, K_W16, K_W17, K_W18</w:t>
+        <w:t xml:space="preserve">K_W06, K_W01, K_W04, K_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG, I.P6S_WK</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka AIR_1ST_W03: </w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka SSR_1st_U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna metody analizy sygnałów wyjściowych przetworników pomiarowych</w:t>
+        <w:t xml:space="preserve">Potrafi zastosować odpowiedni przetwornik pomiarowy w układzie automatyki </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin, kartkówki/ rozmowy oceniające z przygotowania się studenta do zajęć</w:t>
+        <w:t xml:space="preserve">Ocena zadań realizowanych podczas zajęć laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W05, K_W06, K_W01</w:t>
-[...149 lines deleted...]
-        <w:t xml:space="preserve">K_U15, K_U18, K_U21, K_U22, K_U25, K_U26, K_U01, K_U27, K_U03, K_U05, K_U07, K_U09</w:t>
+        <w:t xml:space="preserve">K_U26, K_U01, K_U27, K_U03, K_U05, K_U07, K_U09, K_U15, K_U18, K_U21, K_U22, K_U25</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UK, I.P6S_UO, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>