--- v0 (2025-12-03)
+++ v1 (2025-12-29)
@@ -770,191 +770,191 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka RBT_W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę z zakresu programowania robotów przemysłowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie laboratorium - ocena zadań domowych,  przygotowanych sprawozdań z ich wykonania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka RBT_W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka RBT_W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę z zakresu programowania robotów przemysłowych.</w:t>
+        <w:t xml:space="preserve">Posiada podstawową wiedzę z zakresu projektowania stanowisk zrobotyzowanych oraz  osprzętu wykorzystywanego w różnych zadaniach technologicznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zaliczenie laboratorium - ocena zadań domowych,  przygotowanych sprawozdań z ich wykonania.</w:t>
+        <w:t xml:space="preserve">Kolokwium końcowe oraz zaliczenie laboratorium - ocena zadań domowych,  przygotowanych sprawozdań z ich wykonania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W14</w:t>
+        <w:t xml:space="preserve">K_W09, K_W16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka RBT_U01: </w:t>
       </w:r>
     </w:p>