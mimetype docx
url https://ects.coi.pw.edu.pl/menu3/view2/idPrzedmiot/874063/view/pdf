--- v1 (2025-12-29)
+++ v2 (2026-03-01)
@@ -770,121 +770,121 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka RBT_W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę z zakresu programowania robotów przemysłowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie laboratorium - ocena zadań domowych,  przygotowanych sprawozdań z ich wykonania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka RBT_W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada podstawową wiedzę z zakresu projektowania stanowisk zrobotyzowanych oraz  osprzętu wykorzystywanego w różnych zadaniach technologicznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>