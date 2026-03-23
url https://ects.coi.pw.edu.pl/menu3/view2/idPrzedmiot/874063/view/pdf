--- v2 (2026-03-01)
+++ v3 (2026-03-23)
@@ -840,51 +840,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka RBT_W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada podstawową wiedzę z zakresu projektowania stanowisk zrobotyzowanych oraz  osprzętu wykorzystywanego w różnych zadaniach technologicznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>