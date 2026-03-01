--- v0 (2025-12-02)
+++ v1 (2026-03-01)
@@ -784,51 +784,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MAT3_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna i rozumie pojęcie zmiennej losowej dwuwymiarowej, rozkładu łącznego i rozkładu brzegowego, niezależności zmiennych losowych; posiada wiedzę na temat charakterystyk liczbowych zmiennych losowych dwuwymiarowych; zna podstawowe przykłady ilustrujące poznane pojęcia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1145,51 +1145,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MAT3_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wykorzystać twierdzenia graniczne do szacowania prawdopodobieństwa; potrafi wyznaczać i interpretować wskaźniki sumaryczne dla próby losowej; umie wyznaczać estymatory za pomocą metody największej wiarogodności oraz metody momentów, potrafi wyznaczać przedziały ufności; potrafi weryfikować hipotezy statystyczne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>