--- v1 (2026-03-01)
+++ v2 (2026-03-24)
@@ -1145,51 +1145,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MAT3_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wykorzystać twierdzenia graniczne do szacowania prawdopodobieństwa; potrafi wyznaczać i interpretować wskaźniki sumaryczne dla próby losowej; umie wyznaczać estymatory za pomocą metody największej wiarogodności oraz metody momentów, potrafi wyznaczać przedziały ufności; potrafi weryfikować hipotezy statystyczne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>