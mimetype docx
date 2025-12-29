--- v0 (2025-12-03)
+++ v1 (2025-12-29)
@@ -971,67 +971,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium i sprawdziany podczas ćwiczeń laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U05, K_U06, K_U22</w:t>
+        <w:t xml:space="preserve">K_U22, K_U01, K_U05, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, I.P6S_UK, I.P6S_UO, I.P6S_UU, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, I.P6S_UW.o, I.P6S_UK, I.P6S_UO, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ETM3z_ Inst_K01: </w:t>
       </w:r>
     </w:p>