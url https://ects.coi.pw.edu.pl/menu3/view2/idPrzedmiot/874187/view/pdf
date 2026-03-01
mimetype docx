--- v1 (2025-12-29)
+++ v2 (2026-03-01)
@@ -971,67 +971,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium i sprawdziany podczas ćwiczeń laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U22, K_U01, K_U05, K_U06</w:t>
+        <w:t xml:space="preserve">K_U05, K_U06, K_U22, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, I.P6S_UW.o, I.P6S_UK, I.P6S_UO, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">I.P6S_UU, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ETM3z_ Inst_K01: </w:t>
       </w:r>
     </w:p>