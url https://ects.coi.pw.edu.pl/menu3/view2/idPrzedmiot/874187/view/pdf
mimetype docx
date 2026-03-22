--- v2 (2026-03-01)
+++ v3 (2026-03-22)
@@ -901,137 +901,137 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium i sprawdziany podczas ćwiczeń laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_U22, K_U01, K_U05, K_U06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_UW.o, I.P6S_UW.o, I.P6S_UK, I.P6S_UO, I.P6S_UU</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ETM3z_ Inst_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wykorzystać mikroprocesor do przesyłania sygnałów przez interfejs równoległy i szeregowy oraz napisać program w języku asemblera</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium i sprawdziany podczas ćwiczeń laboratoryjnych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U05, K_U06, K_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW.o, I.P6S_UK, I.P6S_UO, I.P6S_UU, III.P6S_UW.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UU, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ETM3z_ Inst_K01: </w:t>
       </w:r>
     </w:p>