--- v0 (2025-12-30)
+++ v1 (2026-01-10)
@@ -838,67 +838,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U15, K_U03, K_U10</w:t>
+        <w:t xml:space="preserve">K_U10, K_U15, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, I.P6S_UK, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, I.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka AP_Inst_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi projektować; implementować i integrować systemy pracujące w czasie rzeczywistym</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>