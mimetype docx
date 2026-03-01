--- v1 (2026-01-10)
+++ v2 (2026-03-01)
@@ -838,67 +838,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U10, K_U15, K_U03</w:t>
+        <w:t xml:space="preserve">K_U03, K_U10, K_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, I.P6S_UW.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">I.P6S_UK, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka AP_Inst_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi projektować; implementować i integrować systemy pracujące w czasie rzeczywistym</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -924,51 +924,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U26</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka AP_Inst_K01: </w:t>
       </w:r>
     </w:p>