--- v2 (2026-03-01)
+++ v3 (2026-03-23)
@@ -924,51 +924,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U26</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka AP_Inst_K01: </w:t>
       </w:r>
     </w:p>