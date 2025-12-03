--- v0 (2025-10-13)
+++ v1 (2025-12-03)
@@ -734,167 +734,237 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena z wykonanych projektów + zaliczenie wykładu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W12, K_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ZUR_IInst_W01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna metody projektowania nowoczesnych układów regulacji</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena z wykonanych projektów + zaliczenie wykładu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W07, K_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ZUR_IInst_W01: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ZUR_ IIst_U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna metody projektowania nowoczesnych układów regulacji</w:t>
+        <w:t xml:space="preserve">Projektowanie nowoczesnych komputerowych układów regulacji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ocena z wykonanych projektów + zaliczenie wykładu</w:t>
+        <w:t xml:space="preserve">Ocena z realizowanych projektów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W07, K_W12</w:t>
+        <w:t xml:space="preserve">K_U01, K_U03, K_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ZUR_ IIst_U01: </w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, I.P7S_UK, P7U_U, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ZUR_ IIst_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Projektowanie nowoczesnych komputerowych układów regulacji</w:t>
+        <w:t xml:space="preserve">Umiejętność przedstawienia opisu wykonanych zadań inżynierskich</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena z realizowanych projektów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -913,178 +983,108 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW.o, I.P7S_UK, P7U_U, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ZUR_ IIst_U02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ZUR_IIst_K01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umiejętność przedstawienia opisu wykonanych zadań inżynierskich</w:t>
+        <w:t xml:space="preserve">Umiejętność korzystania z literatury zawodowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena z realizowanych projektów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U03, K_U12</w:t>
+        <w:t xml:space="preserve">K_U12, K_U01, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, I.P7S_UK, P7U_U, III.P7S_UW.o</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_UW.o, I.P7S_UK, P7U_U, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK, P7U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ZUR_IIst_K01: </w:t>
       </w:r>
     </w:p>