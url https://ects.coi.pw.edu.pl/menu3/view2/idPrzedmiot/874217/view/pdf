--- v1 (2025-12-03)
+++ v2 (2026-02-09)
@@ -734,51 +734,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena z wykonanych projektów + zaliczenie wykładu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W12, K_W07</w:t>
+        <w:t xml:space="preserve">K_W07, K_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1024,67 +1024,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena z realizowanych projektów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U12, K_U01, K_U03</w:t>
+        <w:t xml:space="preserve">K_U03, K_U12, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK, P7U_U</w:t>
+        <w:t xml:space="preserve">I.P7S_UK, P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ZUR_IIst_K01: </w:t>
       </w:r>
     </w:p>