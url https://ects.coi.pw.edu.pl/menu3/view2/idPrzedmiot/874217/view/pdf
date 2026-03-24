--- v2 (2026-02-09)
+++ v3 (2026-03-24)
@@ -900,191 +900,191 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U03, K_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UK, P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ZUR_ IIst_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umiejętność przedstawienia opisu wykonanych zadań inżynierskich</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena z realizowanych projektów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U01, K_U03, K_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW.o, I.P7S_UK, P7U_U, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ZUR_ IIst_U02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ZUR_IIst_K01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umiejętność przedstawienia opisu wykonanych zadań inżynierskich</w:t>
+        <w:t xml:space="preserve">Umiejętność korzystania z literatury zawodowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena z realizowanych projektów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U03, K_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW.o, I.P7S_UK, P7U_U, III.P7S_UW.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_UK, P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ZUR_IIst_K01: </w:t>
       </w:r>
     </w:p>