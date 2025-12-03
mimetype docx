--- v0 (2025-10-09)
+++ v1 (2025-12-03)
@@ -823,137 +823,137 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena zadań realizowanych podczas projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_U03, K_U15, K_U16, K_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UK, P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka STPR_IIst_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projektowanie i analizowanie układów regulacji predykcyjnej procesów jedno- i wielowymiarowych, liniowych i nieliniowych, weryfikowanie projektu metodą symulacji komputerowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena zadań realizowanych podczas projektu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_U02, K_U03, K_U15, K_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UK, P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka STPR_IIst_K01: </w:t>
       </w:r>
     </w:p>