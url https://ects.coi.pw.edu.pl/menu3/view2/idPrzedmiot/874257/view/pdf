--- v1 (2025-12-03)
+++ v2 (2025-12-28)
@@ -743,51 +743,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, ocena z realizacji projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W06, K_W07, K_W12</w:t>
+        <w:t xml:space="preserve">K_W12, K_W04, K_W06, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -823,51 +823,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena zadań realizowanych podczas projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U03, K_U15, K_U16, K_U02</w:t>
+        <w:t xml:space="preserve">K_U02, K_U03, K_U15, K_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UK, P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>