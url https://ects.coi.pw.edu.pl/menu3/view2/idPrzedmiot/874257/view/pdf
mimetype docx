--- v2 (2025-12-28)
+++ v3 (2026-02-09)
@@ -743,51 +743,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, ocena z realizacji projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W12, K_W04, K_W06, K_W07</w:t>
+        <w:t xml:space="preserve">K_W04, K_W06, K_W07, K_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -823,67 +823,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena zadań realizowanych podczas projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U02, K_U03, K_U15, K_U16</w:t>
+        <w:t xml:space="preserve">K_U15, K_U16, K_U02, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UK, P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka STPR_IIst_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projektowanie i analizowanie układów regulacji predykcyjnej procesów jedno- i wielowymiarowych, liniowych i nieliniowych, weryfikowanie projektu metodą symulacji komputerowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>