--- v3 (2026-02-09)
+++ v4 (2026-03-24)
@@ -823,67 +823,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena zadań realizowanych podczas projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U15, K_U16, K_U02, K_U03</w:t>
+        <w:t xml:space="preserve">K_U02, K_U03, K_U15, K_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">I.P7S_UK, P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka STPR_IIst_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projektowanie i analizowanie układów regulacji predykcyjnej procesów jedno- i wielowymiarowych, liniowych i nieliniowych, weryfikowanie projektu metodą symulacji komputerowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -893,67 +893,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena zadań realizowanych podczas projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U02, K_U03, K_U15, K_U16</w:t>
+        <w:t xml:space="preserve">K_U16, K_U02, K_U03, K_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UK, P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.o, I.P7S_UK, P7U_U, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka STPR_IIst_K01: </w:t>
       </w:r>
     </w:p>