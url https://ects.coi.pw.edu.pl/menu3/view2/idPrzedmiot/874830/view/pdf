--- v0 (2025-12-27)
+++ v1 (2026-02-08)
@@ -776,51 +776,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W02, K_W15, K_W16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TSO_W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawowe metody pomiaru elementów optycznych towarzyszące ich wytwarzaniu </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -846,51 +846,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TSO_W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawowe komponenty optyczne i optoelektroniczne pozwalające na budowę urządzeń mechatronicznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>