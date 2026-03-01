--- v1 (2026-02-08)
+++ v2 (2026-03-01)
@@ -846,51 +846,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TSO_W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawowe komponenty optyczne i optoelektroniczne pozwalające na budowę urządzeń mechatronicznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>