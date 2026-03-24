--- v2 (2026-03-01)
+++ v3 (2026-03-24)
@@ -760,67 +760,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie kolokwium w trakcie wykładu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W15, K_W16</w:t>
+        <w:t xml:space="preserve">K_W15, K_W16, K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TSO_W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawowe metody pomiaru elementów optycznych towarzyszące ich wytwarzaniu </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>