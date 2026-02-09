--- v0 (2025-12-26)
+++ v1 (2026-02-09)
@@ -914,67 +914,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie - ocena z projektu realizowanego w ramach zajęć oraz z obrony projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U03, K_U05, K_U07, K_U08, K_U20, K_U27</w:t>
+        <w:t xml:space="preserve">K_U20, K_U27, K_U03, K_U05, K_U07, K_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UK, P6U_U, I.P6S_UO, I.P6S_UU, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UK, I.P6S_UO, I.P6S_UU, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PPO_Ist_o_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi analizować dodatkowe wymagania stawiane wyrobom mechanicznym, to jest niezawodność, zapewnienie mocowania, dopasowanie do warunków pracy, analiza ekonomiczna zastosowanych rozwiązań. Potrafi przedstawić wymagania BHP związane z przeprowadzonym doświadczeniem.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>