--- v1 (2026-02-09)
+++ v2 (2026-03-24)
@@ -914,67 +914,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie - ocena z projektu realizowanego w ramach zajęć oraz z obrony projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U20, K_U27, K_U03, K_U05, K_U07, K_U08</w:t>
+        <w:t xml:space="preserve">K_U07, K_U08, K_U20, K_U27, K_U03, K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UK, I.P6S_UO, I.P6S_UU, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK, I.P6S_UO, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PPO_Ist_o_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi analizować dodatkowe wymagania stawiane wyrobom mechanicznym, to jest niezawodność, zapewnienie mocowania, dopasowanie do warunków pracy, analiza ekonomiczna zastosowanych rozwiązań. Potrafi przedstawić wymagania BHP związane z przeprowadzonym doświadczeniem.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>