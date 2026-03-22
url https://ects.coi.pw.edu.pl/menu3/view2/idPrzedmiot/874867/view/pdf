--- v0 (2025-12-26)
+++ v1 (2026-03-22)
@@ -966,67 +966,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie wykładu, zaliczenie projektowania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U11, K_U16, K_U01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U11, K_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UK, III.P6S_UW.o, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka WPP_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaimplementować algorytmy w środowisku programistycznym według postawionych wytycznych. Potrafi ocenić złożoność danego projektu i oszacować czas jego realizacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1052,51 +1052,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U11, K_U01, K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o, I.P6S_UK, I.P6S_UO, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, I.P6S_UW.o, I.P6S_UK, P6U_U, I.P6S_UO, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka WPP_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wykorzystywać sprzęt pomiarowy wraz z dokumentację techniczną przy realizacji zadań programistycznych. Potrafi skomunikować się z urządzeniami pomiarowymi z poziomu środowiska programistycznego przy użyciu standardowych interfejsów komunikacyjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>