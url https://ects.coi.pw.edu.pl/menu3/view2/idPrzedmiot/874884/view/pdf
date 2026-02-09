--- v0 (2025-12-26)
+++ v1 (2026-02-09)
@@ -833,67 +833,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie zadań realizowanych w ramach laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W05, K_W06, K_W08</w:t>
+        <w:t xml:space="preserve">K_W08, K_W05, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TMPII_U01: </w:t>
       </w:r>
     </w:p>
@@ -913,67 +913,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie zadań realizowanych w ramach laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U22, K_U18</w:t>
+        <w:t xml:space="preserve">K_U18, K_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TMPII_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaprojektować i uruchomić w układzie mikroprocesorowym algorytm przesyłający dane pomiarowe do komputera PC.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>