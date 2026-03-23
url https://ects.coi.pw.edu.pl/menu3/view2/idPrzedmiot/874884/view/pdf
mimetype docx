--- v1 (2026-02-09)
+++ v2 (2026-03-23)
@@ -833,51 +833,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie zadań realizowanych w ramach laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W08, K_W05, K_W06</w:t>
+        <w:t xml:space="preserve">K_W06, K_W08, K_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>