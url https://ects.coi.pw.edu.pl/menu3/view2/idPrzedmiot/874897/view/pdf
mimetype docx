--- v0 (2025-12-27)
+++ v1 (2026-02-09)
@@ -783,67 +783,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawozdania z zadań laboratoryjnych, ocena przebiegu pracy w laboratorium, ocena raportu z wykonania projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U02, K_U03, K_U11, K_U16, K_U22, K_U26, K_U01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U02, K_U03, K_U11, K_U16, K_U22, K_U26</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UK, P6U_U, III.P6S_UW.o, I.P6S_UW.o, I.P6S_UO, I.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, I.P7S_UW.o, III.P6S_UW.o, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka UMD2_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Absolwent potrafi zaprojektować węzeł lub zespół urządzenia multimedialnego, wykorzystać do tego elementy katalogowe i dokonać doboru odpowiednich materiałów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -853,51 +853,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena raportu z wykonania projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U14, K_U21, K_U22, K_U02, K_U03, K_U07, K_U08, K_U09</w:t>
+        <w:t xml:space="preserve">K_U08, K_U09, K_U14, K_U21, K_U22, K_U02, K_U03, K_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P7S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>