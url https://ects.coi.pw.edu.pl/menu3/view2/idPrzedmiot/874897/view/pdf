--- v1 (2026-02-09)
+++ v2 (2026-03-23)
@@ -853,67 +853,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena raportu z wykonania projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U08, K_U09, K_U14, K_U21, K_U22, K_U02, K_U03, K_U07</w:t>
+        <w:t xml:space="preserve">K_U03, K_U07, K_U08, K_U09, K_U14, K_U21, K_U22, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P7S_UW.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">I.P6S_UK, P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka UMD2_K01: </w:t>
       </w:r>
     </w:p>