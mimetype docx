--- v0 (2025-12-26)
+++ v1 (2026-01-14)
@@ -829,87 +829,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W12, K_W05, K_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PRD_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna techniczne aspekty łączenia dźwiękowej aparatury studyjnej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W05, K_W07, K_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, III.P6S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka PRD_W3: </w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PRD_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna techniczne aspekty łączenia dźwiękowej aparatury studyjnej.</w:t>
+        <w:t xml:space="preserve">Zna zasady korekty technicznych parametrów dźwięku</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -990,336 +1060,266 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W05, K_W07, K_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka PRD_W4: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PRD_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zasady korekty technicznych parametrów dźwięku</w:t>
+        <w:t xml:space="preserve">Potrafi poprawnie ustawić mikrofony do rejestracji wybranego rodzaju instrumentu muzycznego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin</w:t>
+        <w:t xml:space="preserve">Poprawne, praktyczne wykonanie postawionego zadania laboratoryjnego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W05, K_W07, K_W12</w:t>
+        <w:t xml:space="preserve">K_U17, K_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka PRD_U1: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PRD_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi poprawnie ustawić mikrofony do rejestracji wybranego rodzaju instrumentu muzycznego</w:t>
+        <w:t xml:space="preserve">Potrafi w podstawowym zakresie obsługiwać stół mikserski.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Poprawne, praktyczne wykonanie postawionego zadania laboratoryjnego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_U18, K_U17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PRD_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi poprawnie połączyć wybrane dźwiękowe urządzenia studyjne</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Poprawne, praktyczne wykonanie postawionego zadania laboratoryjnego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_U17, K_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PRD_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi ustawić parametry korygujące dźwięk w torze akustycznym</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>