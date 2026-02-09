--- v1 (2026-01-14)
+++ v2 (2026-02-09)
@@ -829,51 +829,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W12, K_W05, K_W07</w:t>
+        <w:t xml:space="preserve">K_W05, K_W07, K_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -915,50 +915,120 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W05, K_W07, K_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, III.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PRD_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady korekty technicznych parametrów dźwięku</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W05, K_W07, K_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PRD_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna zasady korekty technicznych parametrów dźwięku</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -990,146 +1060,146 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W05, K_W07, K_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka PRD_W4: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PRD_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zasady korekty technicznych parametrów dźwięku</w:t>
+        <w:t xml:space="preserve">Potrafi poprawnie ustawić mikrofony do rejestracji wybranego rodzaju instrumentu muzycznego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin</w:t>
+        <w:t xml:space="preserve">Poprawne, praktyczne wykonanie postawionego zadania laboratoryjnego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W05, K_W07, K_W12</w:t>
+        <w:t xml:space="preserve">K_U17, K_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka PRD_U1: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PRD_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi poprawnie ustawić mikrofony do rejestracji wybranego rodzaju instrumentu muzycznego</w:t>
+        <w:t xml:space="preserve">Potrafi w podstawowym zakresie obsługiwać stół mikserski.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Poprawne, praktyczne wykonanie postawionego zadania laboratoryjnego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1148,178 +1218,108 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka PRD_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka PRD_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi w podstawowym zakresie obsługiwać stół mikserski.</w:t>
+        <w:t xml:space="preserve">Potrafi poprawnie połączyć wybrane dźwiękowe urządzenia studyjne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Poprawne, praktyczne wykonanie postawionego zadania laboratoryjnego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U18, K_U17</w:t>
+        <w:t xml:space="preserve">K_U17, K_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PRD_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi ustawić parametry korygujące dźwięk w torze akustycznym</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>