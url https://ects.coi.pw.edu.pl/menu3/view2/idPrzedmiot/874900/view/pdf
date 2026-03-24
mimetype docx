--- v2 (2026-02-09)
+++ v3 (2026-03-24)
@@ -759,87 +759,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W12, K_W05, K_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PRD_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawowe zasady obsługi stołu mikserskiego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W05, K_W07, K_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka PRD_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka PRD_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe zasady obsługi stołu mikserskiego</w:t>
+        <w:t xml:space="preserve">Zna techniczne aspekty łączenia dźwiękowej aparatury studyjnej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -858,108 +928,108 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka PRD_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka PRD_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna techniczne aspekty łączenia dźwiękowej aparatury studyjnej.</w:t>
+        <w:t xml:space="preserve">Zna zasady korekty technicznych parametrów dźwięku</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W05, K_W07, K_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PRD_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna zasady korekty technicznych parametrów dźwięku</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -990,146 +1060,146 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W05, K_W07, K_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka PRD_W4: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PRD_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zasady korekty technicznych parametrów dźwięku</w:t>
+        <w:t xml:space="preserve">Potrafi poprawnie ustawić mikrofony do rejestracji wybranego rodzaju instrumentu muzycznego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin</w:t>
+        <w:t xml:space="preserve">Poprawne, praktyczne wykonanie postawionego zadania laboratoryjnego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W05, K_W07, K_W12</w:t>
+        <w:t xml:space="preserve">K_U17, K_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka PRD_U1: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PRD_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi poprawnie ustawić mikrofony do rejestracji wybranego rodzaju instrumentu muzycznego</w:t>
+        <w:t xml:space="preserve">Potrafi w podstawowym zakresie obsługiwać stół mikserski.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Poprawne, praktyczne wykonanie postawionego zadania laboratoryjnego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1148,178 +1218,108 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka PRD_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka PRD_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi w podstawowym zakresie obsługiwać stół mikserski.</w:t>
+        <w:t xml:space="preserve">Potrafi poprawnie połączyć wybrane dźwiękowe urządzenia studyjne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Poprawne, praktyczne wykonanie postawionego zadania laboratoryjnego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U17, K_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PRD_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi ustawić parametry korygujące dźwięk w torze akustycznym</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>