--- v0 (2025-12-27)
+++ v1 (2026-02-09)
@@ -766,67 +766,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja wiedzy poprzez 4 szczegółowe sprawdziany pisemne oraz przez sprawdzenie poziomu praktycznej realizacji 4 krótkich filmów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W18, K_W04, K_W11, K_W17</w:t>
+        <w:t xml:space="preserve">K_W04, K_W11, K_W17, K_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TW_st_W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada umiejętności w zakresie twórczego wykorzystania urządzeń mechatronicznych, w tym oprogramowania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -836,67 +836,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin oraz złożenie prac wymaganych przez prowadzącego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W22, K_W02, K_W04, K_W05, K_W06, K_W10, K_W11, K_W12, K_W13, K_W17, K_W18, K_W20</w:t>
+        <w:t xml:space="preserve">K_W13, K_W17, K_W18, K_W20, K_W22, K_W01, K_W02, K_W04, K_W05, K_W06, K_W10, K_W11, K_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WK, P6U_W, III.P6S_WG, I.P6S_WK</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, I.P6S_WK, III.P6S_WK, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TW_st_W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada wiedzę w zakresie praktycznego wykorzystania właściwości przetworników optycznych, właściwości układów optycznych w kamerach i aparatach fotograficznych. Potrafi wykorzystać wiedzę na temat programowania w obsłudze programów montażowych. Zna podstawowe zasady organizacji pracy w filmowych studiach produkcyjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -906,67 +906,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja poprzez sprawdziany pisemne oraz tworzenie własnych filmików dokumentalnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W21, K_W01, K_W22, K_W02, K_W04, K_W05, K_W08, K_W10, K_W11, K_W12, K_W15, K_W17, K_W20</w:t>
+        <w:t xml:space="preserve">K_W12, K_W15, K_W17, K_W20, K_W21, K_W01, K_W22, K_W02, K_W04, K_W05, K_W08, K_W10, K_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WK, III.P7S_WK, I.P6S_WG.o, III.P6S_WK, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG, I.P6S_WK, III.P7S_WK, III.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TW_st_U01: </w:t>
       </w:r>
     </w:p>
@@ -986,51 +986,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja następuje poprzez ćwiczenia praktyczne oraz pracę w trakcie przygotowań i realizacji Dnia Otwartego Mechatroniki.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U03, K_U05, K_U07, K_U22, K_U26, K_U27</w:t>
+        <w:t xml:space="preserve">K_U27, K_U01, K_U03, K_U05, K_U07, K_U22, K_U26</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, I.P6S_UO, I.P6S_UU, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1056,67 +1056,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja przez prowadzącego podczas realizacji ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U26, K_U01, K_U27, K_U02, K_U03, K_U05, K_U07, K_U12, K_U15, K_U16, K_U20, K_U25</w:t>
+        <w:t xml:space="preserve">K_U15, K_U16, K_U20, K_U25, K_U26, K_U01, K_U27, K_U02, K_U03, K_U05, K_U07, K_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o, I.P6S_UK, I.P7S_UW.o, I.P6S_UO, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o, I.P6S_UO, I.P6S_UK, I.P7S_UW.o, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka Tw_st_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi samodzielnie wyszukać informacje na temat najnowszych rozwiązań stosowanych w technice telewizyjnej. Samodzielnie umie porównać parametry urządzeń proponowanych przez producentów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1126,67 +1126,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja przez prowadzącego podczas prowadzonych ćwiczeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U25, K_U26, K_U27, K_U01, K_U03, K_U05, K_U07, K_U09, K_U15, K_U16, K_U23</w:t>
+        <w:t xml:space="preserve">K_U09, K_U15, K_U16, K_U23, K_U25, K_U26, K_U27, K_U01, K_U03, K_U05, K_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UO, I.P6S_UW.o, I.P6S_UK, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UO, I.P6S_UK, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka Tw_st_K01: </w:t>
       </w:r>
     </w:p>