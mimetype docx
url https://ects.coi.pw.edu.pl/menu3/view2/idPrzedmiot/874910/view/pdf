--- v1 (2026-02-09)
+++ v2 (2026-03-23)
@@ -836,67 +836,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin oraz złożenie prac wymaganych przez prowadzącego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W13, K_W17, K_W18, K_W20, K_W22, K_W01, K_W02, K_W04, K_W05, K_W06, K_W10, K_W11, K_W12</w:t>
+        <w:t xml:space="preserve">K_W12, K_W13, K_W17, K_W18, K_W20, K_W22, K_W01, K_W02, K_W04, K_W05, K_W06, K_W10, K_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, I.P6S_WK, III.P6S_WK, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W, I.P6S_WK, III.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TW_st_W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada wiedzę w zakresie praktycznego wykorzystania właściwości przetworników optycznych, właściwości układów optycznych w kamerach i aparatach fotograficznych. Potrafi wykorzystać wiedzę na temat programowania w obsłudze programów montażowych. Zna podstawowe zasady organizacji pracy w filmowych studiach produkcyjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -906,51 +906,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja poprzez sprawdziany pisemne oraz tworzenie własnych filmików dokumentalnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W12, K_W15, K_W17, K_W20, K_W21, K_W01, K_W22, K_W02, K_W04, K_W05, K_W08, K_W10, K_W11</w:t>
+        <w:t xml:space="preserve">K_W11, K_W12, K_W15, K_W17, K_W20, K_W21, K_W01, K_W22, K_W02, K_W04, K_W05, K_W08, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG, I.P6S_WK, III.P7S_WK, III.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -986,67 +986,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja następuje poprzez ćwiczenia praktyczne oraz pracę w trakcie przygotowań i realizacji Dnia Otwartego Mechatroniki.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U27, K_U01, K_U03, K_U05, K_U07, K_U22, K_U26</w:t>
+        <w:t xml:space="preserve">K_U26, K_U27, K_U01, K_U03, K_U05, K_U07, K_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, I.P6S_UO, I.P6S_UU, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UO, III.P6S_UW.o, P6U_U, I.P6S_UW.o, I.P6S_UK, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TW_st_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przygotować dokumentację do filmu. Umie samodzielnie zorganizować swoją pracę. Potrafi dostosować właściwy sprzęt do postawionego zadania. Zna podstawy kalkulowania kosztów tworzenia filmów. Zna zasady BHP na planie filmowym</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1056,51 +1056,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja przez prowadzącego podczas realizacji ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U15, K_U16, K_U20, K_U25, K_U26, K_U01, K_U27, K_U02, K_U03, K_U05, K_U07, K_U12</w:t>
+        <w:t xml:space="preserve">K_U12, K_U15, K_U16, K_U20, K_U25, K_U26, K_U01, K_U27, K_U02, K_U03, K_U05, K_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o, I.P6S_UO, I.P6S_UK, I.P7S_UW.o, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1126,67 +1126,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja przez prowadzącego podczas prowadzonych ćwiczeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U09, K_U15, K_U16, K_U23, K_U25, K_U26, K_U27, K_U01, K_U03, K_U05, K_U07</w:t>
+        <w:t xml:space="preserve">K_U07, K_U09, K_U15, K_U16, K_U23, K_U25, K_U26, K_U27, K_U01, K_U03, K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UO, I.P6S_UK, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o, I.P6S_UO, I.P6S_UK, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka Tw_st_K01: </w:t>
       </w:r>
     </w:p>