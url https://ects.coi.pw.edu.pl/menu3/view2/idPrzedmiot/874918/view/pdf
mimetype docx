--- v0 (2026-02-10)
+++ v1 (2026-03-23)
@@ -913,67 +913,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U05, K_U01, K_U03, K_U04</w:t>
+        <w:t xml:space="preserve">K_U01, K_U03, K_U04, K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UO, I.P6S_UU, I.P6S_UW.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">I.P6S_UK, P6U_U, I.P6S_UW.o, I.P6S_UO, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EAMII_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi opracować i przedstawić dokumentację techniczną opracowanego  układu elektromedycznego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1053,67 +1053,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U11, K_U19, K_U21, K_U23, K_U05, K_U06, K_U07, K_U09</w:t>
+        <w:t xml:space="preserve">K_U07, K_U09, K_U11, K_U19, K_U21, K_U23, K_U05, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o, I.P6S_UO, I.P6S_UU, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o, I.P6S_UK, I.P6S_UO, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EAMII_U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przeprowadzi pomiary i przeanalizować wyniki  wybranych parametrów użytkowych układów i urządzeń elektromedycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>