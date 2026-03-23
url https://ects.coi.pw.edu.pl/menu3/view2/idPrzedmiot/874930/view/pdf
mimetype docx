--- v0 (2025-12-27)
+++ v1 (2026-03-23)
@@ -824,67 +824,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W czasie semestru organizowane są dwa kolokwia (na ósmych i ostatnich zajęciach). Kolokwia oceniane są w skali od 0 do 25 pkt. 
  Nie przewiduje się możliwości korzystania z materiałów pomocniczych podczas kolokwium końcowego. Ocena końcowa wystawiana jest zgodnie ze skalą przedstawioną w § 9 Regulaminu Studiów w Politechnice Warszawskiej. Za kolokwium możliwe jest do uzyskania maksymalnie 50 pkt. Skala ocen, kształtuje się następująco: &lt;0 - 25) 2.0; &lt;26 - 30) 3.0; &lt;31 – 35) 3.5; &lt;36 - 40) 4.0; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U07, K_U12, K_U15, K_U26, K_U27</w:t>
+        <w:t xml:space="preserve">K_U26, K_U27, K_U07, K_U12, K_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UO</w:t>
+        <w:t xml:space="preserve">I.P6S_UO, III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka SPW_K1: </w:t>
       </w:r>
     </w:p>