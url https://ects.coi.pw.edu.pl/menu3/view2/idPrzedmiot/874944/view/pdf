--- v0 (2025-12-27)
+++ v1 (2026-02-09)
@@ -904,51 +904,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, sprawozdanie z laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U10, K_U13</w:t>
+        <w:t xml:space="preserve">K_U10, K_U13, K_U27</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>