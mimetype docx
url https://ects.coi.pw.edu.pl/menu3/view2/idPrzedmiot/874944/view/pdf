--- v1 (2026-02-09)
+++ v2 (2026-03-24)
@@ -904,67 +904,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, sprawozdanie z laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U10, K_U13, K_U27</w:t>
+        <w:t xml:space="preserve">K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka SPT_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi dobrać z katalogów czujniki i przetworniki pomiarowe odpowiednie dla danego zastosowania z uwzględnieniem warunków środowiskowych i wymaganej dokładności</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>