--- v0 (2025-12-27)
+++ v1 (2026-02-08)
@@ -985,51 +985,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U14, K_U19, K_U22, K_U09</w:t>
+        <w:t xml:space="preserve">K_U09, K_U14, K_U19, K_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>