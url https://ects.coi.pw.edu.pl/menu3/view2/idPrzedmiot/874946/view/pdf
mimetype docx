--- v1 (2026-02-08)
+++ v2 (2026-03-01)
@@ -765,287 +765,287 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W07, K_W08</w:t>
+        <w:t xml:space="preserve">K_W08, K_W04, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka UZE_W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedze na temat informatycznych narzędzi symulacji i projektowania obwodów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W04, K_W06, K_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka UZE_W02: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka UZE_U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedze na temat informatycznych narzędzi symulacji i projektowania obwodów</w:t>
+        <w:t xml:space="preserve">	Potrafi opracować projekt zaawansowanego urządzenia elektronicznego: analogowego, lub alternatywnie cyfrowego, lub alternatywnie mieszanego analogowo-cyfrowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium</w:t>
+        <w:t xml:space="preserve">projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W06, K_W07</w:t>
+        <w:t xml:space="preserve">K_U09, K_U11, K_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka UZE_U01: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka UZE_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">	Potrafi opracować projekt zaawansowanego urządzenia elektronicznego: analogowego, lub alternatywnie cyfrowego, lub alternatywnie mieszanego analogowo-cyfrowego.</w:t>
+        <w:t xml:space="preserve">Potrafi wykonać projekt płytki drukowanej w technologii przewlekanej i do montażu powierzchniowego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U09, K_U11, K_U22</w:t>
+        <w:t xml:space="preserve">K_U22, K_U09, K_U14, K_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka UZE_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wyszukać podzespoły elektroniczne. Potrafi dobrać podzespoły i porównać ich parametry uwzględniając aspekty techniczne i ekonomiczne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>