--- v2 (2026-03-01)
+++ v3 (2026-03-22)
@@ -765,67 +765,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W08, K_W04, K_W07</w:t>
+        <w:t xml:space="preserve">K_W04, K_W07, K_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka UZE_W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedze na temat informatycznych narzędzi symulacji i projektowania obwodów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -985,67 +985,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U22, K_U09, K_U14, K_U19</w:t>
+        <w:t xml:space="preserve">K_U09, K_U14, K_U19, K_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka UZE_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wyszukać podzespoły elektroniczne. Potrafi dobrać podzespoły i porównać ich parametry uwzględniając aspekty techniczne i ekonomiczne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>